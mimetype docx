--- v0 (2026-01-02)
+++ v1 (2026-01-26)
@@ -1,2337 +1,437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...16 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w:rsidR="003B6BCB" w:rsidRDefault="00861897">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
-        <w:pStyle w:val="Recuodecorpodetexto"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:szCs w:val="30"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t>REQUERIMENTO DE DECLARAÇÃO DE PARTICIPAÇÃO EM PRECEPTORIAS</w:t>
+        <w:t xml:space="preserve">Responder ao forms: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="1155cc"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://forms.gle/fUghM6Ks13yf1XJK8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6BCB" w:rsidRDefault="003B6BCB">
-[...767 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr>
+      <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...98 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...297 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...125 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...4 lines deleted...]
-  <w:stylePaneFormatFilter w:val="0000"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
-[...39 lines deleted...]
-  <w:themeFontLang w:val="pt-BR"/>
+  <w:compat>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+  </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...9 lines deleted...]
-  <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pt_BR"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...243 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
-[...209 lines deleted...]
-      <w:b/>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
-    </w:rPr>
-[...18 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Legenda">
-[...128 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Subttulo">
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Ttulo10"/>
-[...64 lines deleted...]
-    <w:rsid w:val="003B6BCB"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:declara&#231;&#245;es.prointe@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/fUghM6Ks13yf1XJK8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Escritório">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Escritório">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Escritório">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-[...4 lines deleted...]
-            </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -2409,61 +509,68 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
-
-[...30 lines deleted...]
-</file>